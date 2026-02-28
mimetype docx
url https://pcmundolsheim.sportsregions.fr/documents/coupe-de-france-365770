--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -1,397 +1,692 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="58AF24D4" w14:textId="0A299FED" w:rsidR="00AC0C0A" w:rsidRDefault="00307CA7">
+    <w:p w:rsidR="00892991" w:rsidRDefault="00AC0C0A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...88 lines deleted...]
-      <w:r w:rsidR="00622FD6" w:rsidRPr="001D770E">
+      <w:r w:rsidRPr="001D770E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="004D341E" wp14:editId="2CD51447">
-[...53 lines deleted...]
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78FF7D89" wp14:editId="7C7FDA31">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BCECA17" wp14:editId="372BA6B4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5755005</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-7620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1133475" cy="1133475"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Image 9" descr="coq2007.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 0" descr="coq2007.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1133475" cy="1133475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00827731" w:rsidRPr="001D770E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:pict w14:anchorId="4FE2850F">
-[...11 lines deleted...]
-        </w:pict>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54C2CEA6" wp14:editId="507E9BAF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1099984</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-693775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2867025" cy="1504950"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1135" name="Group 111"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2867025" cy="1504950"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2872446" cy="1502917"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Rectangle 4" hidden="1"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1" noChangeShapeType="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="35985" y="0"/>
+                            <a:ext cx="2800740" cy="1502917"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="0" algn="in">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Oval 113"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1" noChangeShapeType="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="-780000">
+                            <a:off x="62833" y="315568"/>
+                            <a:ext cx="2781443" cy="933265"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFCC66"/>
+                          </a:solidFill>
+                          <a:ln w="0" algn="in">
+                            <a:noFill/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Oval 114"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1" noChangeShapeType="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="-780000">
+                            <a:off x="0" y="277508"/>
+                            <a:ext cx="2872446" cy="888227"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="0" algn="in">
+                            <a:noFill/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2237F47E" id="Group 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.6pt;margin-top:-54.65pt;width:225.75pt;height:118.5pt;z-index:-251657216" coordsize="28724,15029" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf4ktC2gIAADQJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVl1vmzAUfZ+0/2Dx3vJNCCqpprTpS7dW&#10;a/cDHDBgzWDLdkPy73dtCE2TTZW6aet4QNi+vr73nHOvubjctgxtiFSUd7njn3sOIl3BS9rVufPt&#10;cXWWOkhp3JWY8Y7kzo4o53Lx8cNFLzIS8IazkkgETjqV9SJ3Gq1F5rqqaEiL1TkXpIPFissWaxjK&#10;2i0l7sF7y9zA8xK357IUkhdEKZi9GhadhfVfVaTQd1WliEYsdyA2bd/Svtfm7S4ucFZLLBpajGHg&#10;N0TRYtrBoZOrK6wxepL0xFVLC8kVr/R5wVuXVxUtiM0BsvG9o2xuJH8SNpc662sxwQTQHuH0ZrfF&#10;l829RLQE7vwwdlCHW2DJHox83zf49KLOwOxGigdxL4ck4fOWF98VLLvH62ZcD8Zo3X/mJTjET5pb&#10;fLaVbI0LyBxtLQ27iQay1aiAySBNZl4AwRSw5sdeNI9HoooG2DzZVzTX085ZEEXJtDOY+zOTgouz&#10;4WAb7BicyQxEp55xVb+H60ODBbF0KQPYiGu0B/UriBF3NSMIphpalsRUzICw3bCHVw3Yoo4vG9hA&#10;PknJ+4bgEuLzwds4bY973AmA13qB3A7cmIECvl6lIIznKWD9Mxo8bxZB0Yw0nICJMyGVviG8ReYj&#10;dyRkaFnGm1ulB9z3Job0jq8oYzCPM9ah3tKPWQ0wjNVzYNBSDY2B0TZ3Us88Q6kaGK670vrQmLLh&#10;G/hlnXFLbMmPh+8hGIhe83J3L01QI+1/if+pqO42mEFNhf+GcSQ5MHQ2s2BaksYSTII0DC3/oR/H&#10;STrgPNXiLPWjCNaNCOZhGCSxMZgK6kQDhDEqlCkDnP1CBoozWholGBsl6/WSSQTg5M5qtVwmyXjA&#10;C7NX9QKtcpTF/ycRaFhD3x0lEr0ziUAPAPaD2Sz2juWRHjTcNE2D4GW//dPyWMHznuRh7xO4mm1F&#10;jL8R5u4/HNuO8/yzs/gBAAD//wMAUEsDBBQABgAIAAAAIQBCwLZJ4gAAAAwBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NS8NAEIbvgv9hGcFbu/nQpsZsSinqqRRsBeltmkyT0OxuyG6T9N87nvT48j68&#10;80y2mnQrBupdY42CcB6AIFPYsjGVgq/D+2wJwnk0JbbWkIIbOVjl93cZpqUdzScNe18JHjEuRQW1&#10;910qpStq0ujmtiPD3dn2Gj3HvpJljyOP61ZGQbCQGhvDF2rsaFNTcdlftYKPEcd1HL4N28t5czse&#10;nnff25CUenyY1q8gPE3+D4ZffVaHnJ1O9mpKJ1rOSRwxqmAWBi8xCEYW0VMC4sRdlCQg80z+fyL/&#10;AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/iS0LaAgAANAkAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAELAtkniAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAANAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABDBgAAAAA=&#10;">
+                <v:rect id="Rectangle 4" o:spid="_x0000_s1027" style="position:absolute;left:359;width:28008;height:15029;visibility:hidden;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEArx0DqsEA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE78L+h/AEL6Kpi8hajbIILos36+L52Tzb&#10;0ualJNHWf78RBI/DzHzDrLe9acSdnK8sK5hNExDEudUVFwr+TvvJFwgfkDU2lknBgzxsNx+DNaba&#10;dnykexYKESHsU1RQhtCmUvq8JIN+alvi6F2tMxiidIXUDrsIN438TJKFNFhxXCixpV1JeZ3djILD&#10;ufvRy3ldZfvdNVxqp8fnpVZqNOy/VyAC9eEdfrV/tYI5PK/EGyA3/wAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAK8dA6rBAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" filled="f" stroked="f" strokeweight="0" insetpen="t">
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:rect>
+                <v:oval id="Oval 113" o:spid="_x0000_s1028" style="position:absolute;left:628;top:3155;width:27814;height:9333;rotation:-13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAuQElMcQA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESP3YrCMBSE7xd8h3AW9kY0VXGRahQRrII/sCp4e2iO&#10;bdnmpDRZrT69EYS9HGbmG2Yya0wprlS7wrKCXjcCQZxaXXCm4HRcdkYgnEfWWFomBXdyMJu2PiYY&#10;a3vjH7oefCYChF2MCnLvq1hKl+Zk0HVtRRy8i60N+iDrTOoabwFuStmPom9psOCwkGNFi5zS38Of&#10;UVA8krvdoks2+/NuNTTtVfuUDJT6+mzmYxCeGv8ffrfXWsEQXlfCDZDTJwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhALkBJTHEAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#fc6" stroked="f" strokeweight="0" insetpen="t">
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:oval>
+                <v:oval id="Oval 114" o:spid="_x0000_s1029" style="position:absolute;top:2775;width:28724;height:8882;rotation:-13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAS+qyBsMA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXD2Kjq1iLGKEXo4QeH9nX&#10;JDT7Ns2uGv+9Wyh4HGbmG2a57m0jrtT52rGGyViBIC6cqbnUcD7tXucgfEA22DgmDXfysF4NXpaY&#10;GHfjI12zUIoIYZ+ghiqENpHSFxVZ9GPXEkfv23UWQ5RdKU2Htwi3jZwqNZMWa44LFba0raj4yS5W&#10;Q6pOHxvj93n+edj95s1bqt6PX1qPhv1mASJQH57h/3ZqNMzg70q8AXL1AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAS+qyBsMAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" stroked="f" strokeweight="0" insetpen="t">
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:oval>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00892991">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="401762A5" wp14:editId="5C3037BF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="641CD7D3" wp14:editId="4190A89F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1325880</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-378460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4229100" cy="857250"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4229100" cy="857250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5224B9E6" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7494A50E" wp14:editId="058CF9A8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>601980</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>267970</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5181600" cy="1533525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Zone de texte 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5181600" cy="1533525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00892991" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00892991">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>C</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AC0C0A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t xml:space="preserve">oupe de France </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00892991" w:rsidRDefault="00AC0C0A" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>des</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00892991" w:rsidRPr="00892991">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="0070C0"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Clubs</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00827731" w:rsidRDefault="00827731" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textPlain">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 50000"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="7494A50E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:47.4pt;margin-top:21.1pt;width:408pt;height:120.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDCXX7hAIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv0zAUfkfiP1h+75J0vSVaOrXbysuA&#10;SSuaxJsbO40hvmC7TSrEf+fYcccGLwjRB9c+Pv7O5ftOrq570aIjM5YrWeLsIsWIyUpRLvcl/rTd&#10;jBYYWUckJa2SrMQnZvH18u2bq04XbKwa1VJmEIBIW3S6xI1zukgSWzVMEHuhNJNwWSsjiIOj2SfU&#10;kA7QRZuM03SWdMpQbVTFrAXr7XCJlwG/rlnlPta1ZQ61JYbcXFhNWHd+TZZXpNgbohtexTTIP2Qh&#10;CJcQ9BnqljiCDob/ASV4ZZRVtbuolEhUXfOKhRqgmiz9rZrHhmgWaoHmWP3cJvv/YKsPxweDOC3x&#10;HCNJBFD0GYhClCHHesfQ3Leo07YAz0cNvq5fqx6oDuVafa+qrxZJddMQuWcrY1TXMEIhxQwAozkU&#10;sj1pQA/WLUDfUQ5sZB4+eYE/BLM+0q57ryg8IQenQrS+NsI3GdqGIAXg8/TMISCiCozTbJHNUriq&#10;4C6bXl5Ox9MQgxTn59pY944pgfymxAZEEuDJ8d46nw4pzi4+GiCDPe4GUr/n2XiSrsf5aDNbzEeT&#10;zWQ6yufpYpRm+TqfpZN8crv54UGzSdFwSpm859DVQedg/DsCo9QHaQSJoa7Eua/Ip2NVy+mGt204&#10;mP3upjXoSLzSwy+W/crNqIOkQfSepbu4d4S3wz55nXFoBjTg/B8aEejyDA1cuX7XR43sFD0BcR3M&#10;U4nttwMxDERwEDcKkgLma6PEEwzsygTqfd6+09v+iRgd6fCye2jP8xQ48X57GuVJ6BcAEi2MKdSK&#10;pr7UWGl0jvwNqP6tVCuQUM0DuV5rQ55ReDBZobz4FfCj+/IcvH59q5Y/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAIomM5N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEKAJ&#10;2VQIxBVEoZW4uck2iYjXUew24e9ZTnDcmdHM22I9u16daAydZ4TlwoAirnzdcYPw8f58tQIVouXa&#10;9p4J4ZsCrMvzs8LmtZ/4jU6b2Cgp4ZBbhDbGIdc6VC05GxZ+IBbv4Edno5xjo+vRTlLuep0Yc6ud&#10;7VgWWjvQY0vV1+boELYvh89dal6bJ3czTH42ml2mES8v5od7UJHm+BeGX3xBh1KY9v7IdVA9QpYK&#10;eURIkwSU+NnSiLBHSFbXd6DLQv//oPwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgwl1&#10;+4QCAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IomM5N0AAAAJAQAADwAAAAAAAAAAAAAAAADeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:stroke joinstyle="round"/>
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00892991" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00892991">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>C</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AC0C0A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t xml:space="preserve">oupe de France </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00892991" w:rsidRDefault="00AC0C0A" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>des</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00892991" w:rsidRPr="00892991">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="0070C0"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Clubs</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00827731" w:rsidRDefault="00827731" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65FC8112" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="342F852D" w14:textId="77777777" w:rsidR="007A1036" w:rsidRDefault="007A1036"/>
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A"/>
+    <w:p w:rsidR="00892991" w:rsidRDefault="00892991"/>
+    <w:p w:rsidR="00892991" w:rsidRDefault="00892991"/>
+    <w:p w:rsidR="007A1036" w:rsidRDefault="007A1036"/>
+    <w:p w:rsidR="007A1036" w:rsidRPr="00827731" w:rsidRDefault="007A1036">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10768" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="738"/>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="218"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1105"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00892991" w14:paraId="7C1F294A" w14:textId="77777777" w:rsidTr="0054701B">
+      <w:tr w:rsidR="00892991" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10768" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="242009A8" w14:textId="77777777" w:rsidR="00892991" w:rsidRDefault="00892991" w:rsidP="0054701B">
+          </w:tcPr>
+          <w:p w:rsidR="00892991" w:rsidRDefault="00892991" w:rsidP="00AC0C0A">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur des parties: Tête à Tête = 2 pts / Doublette = </w:t>
             </w:r>
             <w:r w:rsidR="00AC0C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
@@ -412,5751 +707,5775 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043762A" w14:paraId="0FDBDD8A" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="0043762A" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10768" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="527FE75E" w14:textId="77777777" w:rsidR="0043762A" w:rsidRDefault="0043762A"/>
+          <w:p w:rsidR="0043762A" w:rsidRDefault="0043762A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="19F4D2C1" w14:textId="77777777" w:rsidTr="003F6F17">
+      <w:tr w:rsidR="002B2217" w:rsidTr="003F6F17">
         <w:trPr>
           <w:trHeight w:val="785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CEA930" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="0043762A">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="0043762A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESERVE   A   L’ARBITRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="133D56CE" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3337D170" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00FC13C0">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comité – Ligue :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6A884B" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>CD67 - ALSACE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34FB9C32" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A3FE76" w14:textId="77777777" w:rsidR="00827731" w:rsidRPr="00AC0C0A" w:rsidRDefault="003F6F17" w:rsidP="003F6F17">
+          <w:p w:rsidR="00827731" w:rsidRPr="00AC0C0A" w:rsidRDefault="003F6F17" w:rsidP="003F6F17">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tour</w:t>
             </w:r>
             <w:r w:rsidR="002B2217" w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3565B59B" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="469DB0EA" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="002B2217" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6045E89D" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74F9B935" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9686" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B430EDB" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="759CCDD4" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00D411E6">
         <w:trPr>
           <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A98D42E" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4410B404" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD6C5FC" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7627CA" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="003F6F17">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="003F6F17">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>/        /</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">/       </w:t>
+            </w:r>
+            <w:r w:rsidR="00E44EF9">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F6F17">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>….</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> /20</w:t>
+            </w:r>
             <w:r w:rsidR="003F6F17">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>.</w:t>
-            </w:r>
+              <w:t>…..</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38E16905" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A86A960" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lieu :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1CA96E" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="4026FAC9" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="002B2217" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B913B4C" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9CA110" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9686" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CDB9D1B" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="014D1DE4" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00FC13C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="326FD31A" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07025D5F" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00C4BF96" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16F68834" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AD3FAE7" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="542D7200" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00D411E6">
         <w:trPr>
           <w:trHeight w:val="926"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="068064DF" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06AA8137" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="562BD92A" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B370FB0" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A61C774" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E7B4110" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00FF434E">
+    <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00FF434E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3112"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF434E" w:rsidRPr="00FF434E" w14:paraId="6C4F6A0B" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097C0591" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capitaine Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75EE3DCD" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N° Licence :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC5CF2B" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A97B76" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capitaine Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF24BB6" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N° Licence :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w14:paraId="1404A46D" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA41B9C" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC41400" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C402629" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w14:paraId="0E1A7BAA" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11249F8D" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45098F4E" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACB8E30" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2906F363" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00827731" w:rsidRDefault="00FF434E" w:rsidP="00827731">
+    <w:p w:rsidR="00FF434E" w:rsidRPr="00827731" w:rsidRDefault="00FF434E" w:rsidP="00827731">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AB3F383" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00FC13C0" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
+    <w:p w:rsidR="00FC13C0" w:rsidRPr="00FC13C0" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC13C0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Composition des Equipes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="2903"/>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="781"/>
         <w:gridCol w:w="2688"/>
         <w:gridCol w:w="1411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC0C0A" w:rsidRPr="00FC13C0" w14:paraId="32A8AAA5" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00AC0C0A" w:rsidRPr="00FC13C0" w:rsidTr="00AC0C0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34919433" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D411E6">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D411E6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEF376D" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00AC0C0A" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00AC0C0A" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC0C0A">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Case n°</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0C0A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AC0C0A">
+              <w:t>Case n°</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0C0A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> grisée : Féminine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="272E34B4" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00AC0C0A">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00AC0C0A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D411E6">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D411E6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="004BFA80" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00D411E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BA739D6" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29627B91" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="422B45B0" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N° Licence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="111D4CE1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C1B0258" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2335C310" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6088EF2A" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N° Licence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="1F8D0E9F" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD5A49D" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08190A02" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A1B10A" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D119CF5" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BF320E" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF00EC4" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40733A36" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="43842057" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0176BDE9" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43604672" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7B6319" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9599AA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5534D198" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66598EF4" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14CE2592" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="4186F810" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED97C54" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38836A5F" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24949FC5" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C21990" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555B90B6" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34CB896F" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F642FB4" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="055A123B" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E75866" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5337320C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0787CCE8" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FCC8BE3" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651F78BA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03675BC1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F37A8F9" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="23BC5766" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B7A16A1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C31D58" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69498060" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43CEC0AF" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC2E34C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6896BFC3" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A477E11" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="2624E9BB" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B71BC66" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25554E74" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54AF70DC" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69899504" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E26A646" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC5B3E2" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A92A085" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="30E80195" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7127757C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D30BFD" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="687F98CA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021559D9" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082492DB" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2297CD" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="102685CF" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="0116EB9A" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F91917C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E873284" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A9BE15" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61EDF415" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00B9BC46" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70787975" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D867E7" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67592EE3" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00827731">
+    <w:p w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00827731">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>En cas d’incident joindre un rapport</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6368A04B" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="007A1036" w:rsidRDefault="007A1036" w:rsidP="007A1036">
+    <w:p w:rsidR="00D411E6" w:rsidRPr="007A1036" w:rsidRDefault="007A1036" w:rsidP="007A1036">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D411E6" w:rsidRPr="007A1036">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ORDRE des RENCONTRES &amp; FEUILLE de RESULTATS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="573"/>
+        <w:gridCol w:w="564"/>
         <w:gridCol w:w="328"/>
         <w:gridCol w:w="1933"/>
         <w:gridCol w:w="294"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="332"/>
         <w:gridCol w:w="328"/>
         <w:gridCol w:w="1600"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1268"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C2C32" w14:paraId="032511B5" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FDA3CC8" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="325A8ED6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57267AD6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A434E70" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="6B24D259" w14:textId="77777777" w:rsidTr="00AB7796">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AB7796">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4024F956" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="657E3501" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35C45343" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47BAFA65" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="718E5E8A" w14:textId="77777777" w:rsidTr="00AB7796">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AB7796">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EA6A27B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10185" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59B43627" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="79A56EFC" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCDD54E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>TETE à TETE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C7D173B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45F1230D" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EDA83C9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FFE9C99" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55CA669B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50CF3E05" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="398B2D5E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B584A0A" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="751D21C5" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="767A528B" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A9FB374" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB4575C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="108845AF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="56E5F535" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFCD9A8" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5536CEFB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="32AF61EE" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4CACC6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="518CDC14" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="23E3D54B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="382698DF" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DBD9675" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D41D8FF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="622EAE50" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E220AF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="050CA974" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51CD6C61" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50C3A9A4" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4FE1B3" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C928A28" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CCB23BC" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="6DCF9501" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BC377FB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54DEB146" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7E43A324" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03D69EAF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B9243C3" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="153E85C8" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A9EF963" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD2197D" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A28B80A" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27291321" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="379CFBE0" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F943429" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03A1D8D9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7308A909" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E49C4EB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F142E95" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="244BE159" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E10D74C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3720286C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BB7858" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E04C241" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="41C739D1" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C778610" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305EC471" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA2F878" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D22F022" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10630858" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4243D017" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E92DE11" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="235E189B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE2B165" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72BC6DA5" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="0EE3907E" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1301EFE7" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C5D36C0" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F0A48AE" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38930863" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BB59B3F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0111C590" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21D4DA97" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DD28BF3" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="114FDE5B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="401208AC" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="33D899D5" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B2AFBBA" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B07F320" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B06E354" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="224BB2AF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D129AA5" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DC3992F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002977BB" w14:paraId="65903D05" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="002977BB" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17926097" w14:textId="77777777" w:rsidR="002977BB" w:rsidRDefault="002977BB" w:rsidP="002977BB">
+          <w:p w:rsidR="002977BB" w:rsidRDefault="002977BB" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="21B5B0D5" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6981E38C" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DOUBLETTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37035FEE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178400C9" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E1ED1E5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F6724D8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72FD4676" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79850E75" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0088866F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="109A0168" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F34A548" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="711BC014" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="524DAC60" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="08DAC648" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF55EBE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F408DC5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A8B83E1" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254F02E4" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="632EA87D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="10029E14" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F771080" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25C0D0EC" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="033639E6" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50A4B102" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59276960" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="580264EF" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EE71597" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="323429DB" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163694E5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46FAE2F8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E20C67" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="780289C1" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="146BB61D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="7C53ADC2" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5257EB58" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11EC710E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36B9E7A6" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14F8A2AD" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21857262" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1781E189" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CB606A1" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E2941BB" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FCB647F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28DB3381" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="4B81B516" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="313DD9C6" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CD842CB" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F87329E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00ADE58B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A4BA8A4" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33915653" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69A97CB6" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26225069" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D7398BA" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26B6BD1C" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="1F71042E" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A0CE5A2" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BD24D1E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DE56CDC" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="658E2297" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18D1DFA3" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="467D2F74" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B925AAB" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48AD30AE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="373165E4" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D1EBE21" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="72871E1F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DBA2CDB" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A57A6B8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FA3E6E5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DDD9105" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58113EA3" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="289CDA8B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2478CC7B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4949572F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DA29160" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00AFC78D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="2D36D41D" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="449B8A6B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E19F354" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6498A9CA" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB6A723" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="697709C9" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B7433AE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23EF5734" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FF13A30" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5452042D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="595D206F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16BF6340" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474F520F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="490BF20D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A51A613" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="451DBA54" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64B233FD" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23815FCE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6167,3036 +6486,3046 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35453515" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1238E7" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="4FFBE650" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2081FC23" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35B29977" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FB64066" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DD15E8D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5425045D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B254605" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="024F8670" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DBF6342" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="33517358" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE537A7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>TRIPLETTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5794C7A7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01BC352D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C50BB38" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302B0BD8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E72264C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C3420BA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76D867CB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6712CA0F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56DE9044" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="0FD3B15E" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56C2CD5C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D2CD3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBD4B6E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72039E50" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FDD5DB9" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A614305" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4054F53A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="165086D1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A50C41D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77804B3F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="08D83212" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="474811D4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E0D213" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="75E7F77E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F0E9FBF" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F134FB5" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E5AD1E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302F33FD" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEA2D74" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3BDE8BFD" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63AD425F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="4D94867F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6905A42B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1877F857" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D7ED89A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1648723A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7452CC38" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2771868B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49434243" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3451CDEC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41559872" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BC632B8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="18740B31" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55F8A52E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EE5B6E5" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DA63939" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CEE04DE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="123D853A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2CCDF9" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AE6A360" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D164C28" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B74496F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37321C4A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="1CA7FC44" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36DE1524" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00DDE4B7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9C03C4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B495465" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17374BA2" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F5D4E62" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7994D8D8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4FCF1A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="36C9035E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58930EB4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="53BB68B0" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73856D41" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60BD4B6D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59037554" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74B90475" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78ED00C0" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3742B685" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1560CE08" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DCCC7D9" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="741B997C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61DC1917" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="0723CAF1" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57ABFFE7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C852432" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACA85DB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="667DE76A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="58F1DB41" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="032D3594" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786D20D1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D90D8A9" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D470A3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="741CFEAC" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="517535BD" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="189B676F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CDBC3A6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35ED853B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="6EE28CB4" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17630F50" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4F293B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DEDACFA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3211C5EB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="45698BD0" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="043CC869" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AE110BA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="174B8C56" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48536DC6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43A7170D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C2C2A8E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="2194C944" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2578B6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="68B6690C" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63FA05F3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09C329BA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Total Général Equipe A - PTS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F246E02" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539D075C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A303CF2" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Total Général Equipe B - PTS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="379EF8AA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="360FDEAE" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38E8E2A7" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="594BECB8" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50C536B2" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38D01B10" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22AB0AD5" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16CB54F0" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11864093" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66680285" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F358E38" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="049DD563" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65ED2" w14:paraId="3ED7E508" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00C65ED2" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:val="561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19DE7708" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
+          <w:p w:rsidR="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06891BC4" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Résultat rencontre :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54FAE7F9" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Victoire équipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38A21705" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00F20557">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D59F34F" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Victoire équipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="4D7EDA11" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B7A3ABF" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B2C9F3C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19E57F5D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1453DFF7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70C3BDA6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="204F8EFB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="272CE876" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00DEAFF7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1159F0" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06B449C6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D356B" w14:paraId="611E86AE" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="001D356B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16808D4E" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature Capitaine Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CB9959E" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="008C2C32">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom – Prénom &amp; Signature de l’Arbitre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56ADB5A6" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature Capitaine Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="3B066F4D" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B21B832" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07A44117" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4361CAA0" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19A7299B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CF3CBBE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDC06D8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66FF8FF7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7542EE8A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23C60EFC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00398DED" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00E8AB47" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+    <w:p w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D411E6" w:rsidSect="00892991">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F3A141D" w14:textId="77777777" w:rsidR="00307CA7" w:rsidRDefault="00307CA7" w:rsidP="00D411E6">
+    <w:p w:rsidR="00724174" w:rsidRDefault="00724174" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33965F69" w14:textId="77777777" w:rsidR="00307CA7" w:rsidRDefault="00307CA7" w:rsidP="00D411E6">
+    <w:p w:rsidR="00724174" w:rsidRDefault="00724174" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="575596EC" w14:textId="77777777" w:rsidR="00307CA7" w:rsidRDefault="00307CA7" w:rsidP="00D411E6">
+    <w:p w:rsidR="00724174" w:rsidRDefault="00724174" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F20A151" w14:textId="77777777" w:rsidR="00307CA7" w:rsidRDefault="00307CA7" w:rsidP="00D411E6">
+    <w:p w:rsidR="00724174" w:rsidRDefault="00724174" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00892991"/>
     <w:rsid w:val="0003279B"/>
     <w:rsid w:val="000476C4"/>
     <w:rsid w:val="001711F6"/>
     <w:rsid w:val="0017361B"/>
     <w:rsid w:val="001B3EB6"/>
     <w:rsid w:val="001D356B"/>
     <w:rsid w:val="001F115A"/>
     <w:rsid w:val="002977BB"/>
     <w:rsid w:val="002B2217"/>
-    <w:rsid w:val="00307CA7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003F4C2B"/>
     <w:rsid w:val="003F6F17"/>
     <w:rsid w:val="0043762A"/>
-    <w:rsid w:val="0054701B"/>
-    <w:rsid w:val="00622FD6"/>
     <w:rsid w:val="006E6EB3"/>
     <w:rsid w:val="00724174"/>
     <w:rsid w:val="007A1036"/>
     <w:rsid w:val="00827731"/>
     <w:rsid w:val="00873BDD"/>
     <w:rsid w:val="00892991"/>
     <w:rsid w:val="008C2C32"/>
     <w:rsid w:val="00AB7796"/>
     <w:rsid w:val="00AC0C0A"/>
     <w:rsid w:val="00BB6D1C"/>
     <w:rsid w:val="00BD43D9"/>
     <w:rsid w:val="00C33246"/>
     <w:rsid w:val="00C65ED2"/>
     <w:rsid w:val="00CE2179"/>
-    <w:rsid w:val="00CF06BB"/>
     <w:rsid w:val="00D411E6"/>
     <w:rsid w:val="00DD50A1"/>
     <w:rsid w:val="00E44EF9"/>
-    <w:rsid w:val="00E81E2E"/>
     <w:rsid w:val="00E92DB7"/>
     <w:rsid w:val="00F20557"/>
     <w:rsid w:val="00FC13C0"/>
     <w:rsid w:val="00FD1C78"/>
     <w:rsid w:val="00FF434E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5728A1C5"/>
-  <w15:docId w15:val="{81C2A911-F3DB-40EF-902A-CC09C68CDF5E}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{598A4EC6-23D3-41C8-909E-8DB54472E314}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9524,60 +9853,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E81E2E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -9676,140 +9999,139 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF434E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9950,73 +10272,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1602</Characters>
+  <Pages>2</Pages>
+  <Words>300</Words>
+  <Characters>1655</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1890</CharactersWithSpaces>
+  <CharactersWithSpaces>1952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sebastien ROYER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>