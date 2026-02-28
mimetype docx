--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -1,480 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="19EDE13C" w14:textId="435D010F" w:rsidR="00AC0C0A" w:rsidRDefault="00241F9F">
+    <w:p w:rsidR="00892991" w:rsidRDefault="00AC0C0A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...288 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001D770E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A8B5F95" wp14:editId="2FDECC51">
-[...53 lines deleted...]
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54FA15C1" wp14:editId="19218321">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BCECA17" wp14:editId="372BA6B4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5755005</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-7620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1133475" cy="1133475"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Image 9" descr="coq2007.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 0" descr="coq2007.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1133475" cy="1133475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00827731" w:rsidRPr="001D770E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35B03FB0" wp14:editId="45880D57">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54C2CEA6" wp14:editId="507E9BAF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1099984</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-693775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2867025" cy="1504950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1135" name="Group 111"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2867025" cy="1504950"/>
                           <a:chOff x="0" y="0"/>
@@ -570,160 +225,466 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="2237F47E" id="Group 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.6pt;margin-top:-54.65pt;width:225.75pt;height:118.5pt;z-index:-251657216" coordsize="28724,15029" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf4ktC2gIAADQJAAAOAAAAZHJzL2Uyb0RvYy54bWzUVl1vmzAUfZ+0/2Dx3vJNCCqpprTpS7dW&#10;a/cDHDBgzWDLdkPy73dtCE2TTZW6aet4QNi+vr73nHOvubjctgxtiFSUd7njn3sOIl3BS9rVufPt&#10;cXWWOkhp3JWY8Y7kzo4o53Lx8cNFLzIS8IazkkgETjqV9SJ3Gq1F5rqqaEiL1TkXpIPFissWaxjK&#10;2i0l7sF7y9zA8xK357IUkhdEKZi9GhadhfVfVaTQd1WliEYsdyA2bd/Svtfm7S4ucFZLLBpajGHg&#10;N0TRYtrBoZOrK6wxepL0xFVLC8kVr/R5wVuXVxUtiM0BsvG9o2xuJH8SNpc662sxwQTQHuH0ZrfF&#10;l829RLQE7vwwdlCHW2DJHox83zf49KLOwOxGigdxL4ck4fOWF98VLLvH62ZcD8Zo3X/mJTjET5pb&#10;fLaVbI0LyBxtLQ27iQay1aiAySBNZl4AwRSw5sdeNI9HoooG2DzZVzTX085ZEEXJtDOY+zOTgouz&#10;4WAb7BicyQxEp55xVb+H60ODBbF0KQPYiGu0B/UriBF3NSMIphpalsRUzICw3bCHVw3Yoo4vG9hA&#10;PknJ+4bgEuLzwds4bY973AmA13qB3A7cmIECvl6lIIznKWD9Mxo8bxZB0Yw0nICJMyGVviG8ReYj&#10;dyRkaFnGm1ulB9z3Job0jq8oYzCPM9ah3tKPWQ0wjNVzYNBSDY2B0TZ3Us88Q6kaGK670vrQmLLh&#10;G/hlnXFLbMmPh+8hGIhe83J3L01QI+1/if+pqO42mEFNhf+GcSQ5MHQ2s2BaksYSTII0DC3/oR/H&#10;STrgPNXiLPWjCNaNCOZhGCSxMZgK6kQDhDEqlCkDnP1CBoozWholGBsl6/WSSQTg5M5qtVwmyXjA&#10;C7NX9QKtcpTF/ycRaFhD3x0lEr0ziUAPAPaD2Sz2juWRHjTcNE2D4GW//dPyWMHznuRh7xO4mm1F&#10;jL8R5u4/HNuO8/yzs/gBAAD//wMAUEsDBBQABgAIAAAAIQBCwLZJ4gAAAAwBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NS8NAEIbvgv9hGcFbu/nQpsZsSinqqRRsBeltmkyT0OxuyG6T9N87nvT48j68&#10;80y2mnQrBupdY42CcB6AIFPYsjGVgq/D+2wJwnk0JbbWkIIbOVjl93cZpqUdzScNe18JHjEuRQW1&#10;910qpStq0ujmtiPD3dn2Gj3HvpJljyOP61ZGQbCQGhvDF2rsaFNTcdlftYKPEcd1HL4N28t5czse&#10;nnff25CUenyY1q8gPE3+D4ZffVaHnJ1O9mpKJ1rOSRwxqmAWBi8xCEYW0VMC4sRdlCQg80z+fyL/&#10;AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/iS0LaAgAANAkAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAELAtkniAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAANAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABDBgAAAAA=&#10;">
                 <v:rect id="Rectangle 4" o:spid="_x0000_s1027" style="position:absolute;left:359;width:28008;height:15029;visibility:hidden;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEArx0DqsEA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE78L+h/AEL6Kpi8hajbIILos36+L52Tzb&#10;0ualJNHWf78RBI/DzHzDrLe9acSdnK8sK5hNExDEudUVFwr+TvvJFwgfkDU2lknBgzxsNx+DNaba&#10;dnykexYKESHsU1RQhtCmUvq8JIN+alvi6F2tMxiidIXUDrsIN438TJKFNFhxXCixpV1JeZ3djILD&#10;ufvRy3ldZfvdNVxqp8fnpVZqNOy/VyAC9eEdfrV/tYI5PK/EGyA3/wAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAK8dA6rBAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" filled="f" stroked="f" strokeweight="0" insetpen="t">
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:rect>
                 <v:oval id="Oval 113" o:spid="_x0000_s1028" style="position:absolute;left:628;top:3155;width:27814;height:9333;rotation:-13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAuQElMcQA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESP3YrCMBSE7xd8h3AW9kY0VXGRahQRrII/sCp4e2iO&#10;bdnmpDRZrT69EYS9HGbmG2Yya0wprlS7wrKCXjcCQZxaXXCm4HRcdkYgnEfWWFomBXdyMJu2PiYY&#10;a3vjH7oefCYChF2MCnLvq1hKl+Zk0HVtRRy8i60N+iDrTOoabwFuStmPom9psOCwkGNFi5zS38Of&#10;UVA8krvdoks2+/NuNTTtVfuUDJT6+mzmYxCeGv8ffrfXWsEQXlfCDZDTJwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhALkBJTHEAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#fc6" stroked="f" strokeweight="0" insetpen="t">
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:oval>
                 <v:oval id="Oval 114" o:spid="_x0000_s1029" style="position:absolute;top:2775;width:28724;height:8882;rotation:-13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAS+qyBsMA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXD2Kjq1iLGKEXo4QeH9nX&#10;JDT7Ns2uGv+9Wyh4HGbmG2a57m0jrtT52rGGyViBIC6cqbnUcD7tXucgfEA22DgmDXfysF4NXpaY&#10;GHfjI12zUIoIYZ+ghiqENpHSFxVZ9GPXEkfv23UWQ5RdKU2Htwi3jZwqNZMWa44LFba0raj4yS5W&#10;Q6pOHxvj93n+edj95s1bqt6PX1qPhv1mASJQH57h/3ZqNMzg70q8AXL1AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAS+qyBsMAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" stroked="f" strokeweight="0" insetpen="t">
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:oval>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00892991">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F74AA9C" wp14:editId="13B44973">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="641CD7D3" wp14:editId="4190A89F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1325880</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-378460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4229100" cy="857250"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4229100" cy="857250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E676E3" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7494A50E" wp14:editId="058CF9A8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>601980</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>267970</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5181600" cy="1533525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Zone de texte 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5181600" cy="1533525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00AC0C0A" w:rsidRPr="0074234A" w:rsidRDefault="00892991" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0074234A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>C</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0074234A" w:rsidRPr="0074234A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>oupe d’Alsace</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00892991" w:rsidRPr="0074234A" w:rsidRDefault="00AC0C0A" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0074234A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t>des</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00892991" w:rsidRPr="0074234A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                                <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                                  <w14:srgbClr w14:val="C0C0C0">
+                                    <w14:alpha w14:val="20000"/>
+                                  </w14:srgbClr>
+                                </w14:shadow>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Clubs</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00827731" w:rsidRDefault="00827731" w:rsidP="00892991">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                        <a:prstTxWarp prst="textPlain">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 50000"/>
+                          </a:avLst>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="7494A50E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:47.4pt;margin-top:21.1pt;width:408pt;height:120.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:2.88pt;mso-wrap-distance-top:2.88pt;mso-wrap-distance-right:2.88pt;mso-wrap-distance-bottom:2.88pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDCXX7hAIAAPMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv0zAUfkfiP1h+75J0vSVaOrXbysuA&#10;SSuaxJsbO40hvmC7TSrEf+fYcccGLwjRB9c+Pv7O5ftOrq570aIjM5YrWeLsIsWIyUpRLvcl/rTd&#10;jBYYWUckJa2SrMQnZvH18u2bq04XbKwa1VJmEIBIW3S6xI1zukgSWzVMEHuhNJNwWSsjiIOj2SfU&#10;kA7QRZuM03SWdMpQbVTFrAXr7XCJlwG/rlnlPta1ZQ61JYbcXFhNWHd+TZZXpNgbohtexTTIP2Qh&#10;CJcQ9BnqljiCDob/ASV4ZZRVtbuolEhUXfOKhRqgmiz9rZrHhmgWaoHmWP3cJvv/YKsPxweDOC3x&#10;HCNJBFD0GYhClCHHesfQ3Leo07YAz0cNvq5fqx6oDuVafa+qrxZJddMQuWcrY1TXMEIhxQwAozkU&#10;sj1pQA/WLUDfUQ5sZB4+eYE/BLM+0q57ryg8IQenQrS+NsI3GdqGIAXg8/TMISCiCozTbJHNUriq&#10;4C6bXl5Ox9MQgxTn59pY944pgfymxAZEEuDJ8d46nw4pzi4+GiCDPe4GUr/n2XiSrsf5aDNbzEeT&#10;zWQ6yufpYpRm+TqfpZN8crv54UGzSdFwSpm859DVQedg/DsCo9QHaQSJoa7Eua/Ip2NVy+mGt204&#10;mP3upjXoSLzSwy+W/crNqIOkQfSepbu4d4S3wz55nXFoBjTg/B8aEejyDA1cuX7XR43sFD0BcR3M&#10;U4nttwMxDERwEDcKkgLma6PEEwzsygTqfd6+09v+iRgd6fCye2jP8xQ48X57GuVJ6BcAEi2MKdSK&#10;pr7UWGl0jvwNqP6tVCuQUM0DuV5rQ55ReDBZobz4FfCj+/IcvH59q5Y/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAIomM5N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEKAJ&#10;2VQIxBVEoZW4uck2iYjXUew24e9ZTnDcmdHM22I9u16daAydZ4TlwoAirnzdcYPw8f58tQIVouXa&#10;9p4J4ZsCrMvzs8LmtZ/4jU6b2Cgp4ZBbhDbGIdc6VC05GxZ+IBbv4Edno5xjo+vRTlLuep0Yc6ud&#10;7VgWWjvQY0vV1+boELYvh89dal6bJ3czTH42ml2mES8v5od7UJHm+BeGX3xBh1KY9v7IdVA9QpYK&#10;eURIkwSU+NnSiLBHSFbXd6DLQv//oPwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgwl1&#10;+4QCAADzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IomM5N0AAAAJAQAADwAAAAAAAAAAAAAAAADeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:stroke joinstyle="round"/>
+                <o:lock v:ext="edit" shapetype="t"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00AC0C0A" w:rsidRPr="0074234A" w:rsidRDefault="00892991" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0074234A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>C</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0074234A" w:rsidRPr="0074234A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>oupe d’Alsace</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00892991" w:rsidRPr="0074234A" w:rsidRDefault="00AC0C0A" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0074234A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t>des</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00892991" w:rsidRPr="0074234A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Impact" w:hAnsi="Impact"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                          <w14:shadow w14:blurRad="0" w14:dist="35941" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
+                            <w14:srgbClr w14:val="C0C0C0">
+                              <w14:alpha w14:val="20000"/>
+                            </w14:srgbClr>
+                          </w14:shadow>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Clubs</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00827731" w:rsidRDefault="00827731" w:rsidP="00892991">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="056BD63C" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DD33F47" w14:textId="77777777" w:rsidR="007A1036" w:rsidRDefault="007A1036"/>
+    <w:p w:rsidR="00AC0C0A" w:rsidRDefault="00AC0C0A"/>
+    <w:p w:rsidR="00892991" w:rsidRDefault="00892991"/>
+    <w:p w:rsidR="00892991" w:rsidRDefault="00892991"/>
+    <w:p w:rsidR="007A1036" w:rsidRDefault="007A1036"/>
+    <w:p w:rsidR="007A1036" w:rsidRPr="00827731" w:rsidRDefault="007A1036">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10768" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="738"/>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="218"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00892991" w14:paraId="12EC612E" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="00892991" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10768" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="259CFEEC" w14:textId="77777777" w:rsidR="00892991" w:rsidRDefault="00892991" w:rsidP="00AC0C0A">
+          <w:p w:rsidR="00892991" w:rsidRDefault="00892991" w:rsidP="00AC0C0A">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur des parties: Tête à Tête = 2 pts / Doublette = </w:t>
             </w:r>
             <w:r w:rsidR="00AC0C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -746,5775 +707,5767 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043762A" w14:paraId="17A6E7BC" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="0043762A" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10768" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1158D318" w14:textId="77777777" w:rsidR="0043762A" w:rsidRDefault="0043762A"/>
+          <w:p w:rsidR="0043762A" w:rsidRDefault="0043762A"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="36188FCE" w14:textId="77777777" w:rsidTr="004105AD">
+      <w:tr w:rsidR="002B2217" w:rsidTr="004105AD">
         <w:trPr>
           <w:trHeight w:val="785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7914CA9F" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="0043762A">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="0043762A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESERVE   A   L’ARBITRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DAE1FDD" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C091C8F" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00FC13C0">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comité – Ligue :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54994110" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>CD67 - ALSACE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1661D59C" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424C907F" w14:textId="77777777" w:rsidR="00827731" w:rsidRPr="00AC0C0A" w:rsidRDefault="004105AD" w:rsidP="004105AD">
+          <w:p w:rsidR="00827731" w:rsidRPr="00AC0C0A" w:rsidRDefault="004105AD" w:rsidP="004105AD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tour :</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E503547" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="65CD5155" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="002B2217" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67518F5A" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF54E68" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9686" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63CDB609" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="170B7894" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00D411E6">
         <w:trPr>
           <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10B61075" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33A22588" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E86A1C1" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF850AA" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="004105AD">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00827731" w:rsidP="004105AD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">/       </w:t>
             </w:r>
             <w:r w:rsidR="00E44EF9">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> /20</w:t>
             </w:r>
             <w:r w:rsidR="004105AD">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A3B64CB" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5396B42F" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00D411E6" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lieu :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578B5367" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
+          <w:p w:rsidR="00FC13C0" w:rsidRPr="00827731" w:rsidRDefault="00FC13C0" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B2217" w14:paraId="43D2E48A" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="002B2217" w:rsidTr="00FC13C0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1D774B" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B76548F" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9686" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4596C365" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="6E9CFD7A" w14:textId="77777777" w:rsidTr="00FC13C0">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00FC13C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C965CB9" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F6FEFD5" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0450BB4A" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="282DB191" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C01DD8A" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="002B2217">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827731">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC13C0" w14:paraId="4577C20D" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00FC13C0" w:rsidTr="00D411E6">
         <w:trPr>
           <w:trHeight w:val="926"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17B52563" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B680861" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01163AAC" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD58C42" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00D411E6" w:rsidRDefault="002B2217">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3772AD86" w14:textId="77777777" w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
+          <w:p w:rsidR="002B2217" w:rsidRPr="00827731" w:rsidRDefault="002B2217" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E5C346E" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00FF434E">
+    <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00FF434E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="dashed" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3112"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF434E" w:rsidRPr="00FF434E" w14:paraId="2ECFBF3A" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52543348" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capitaine Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03402A66" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N° Licence :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA74B58" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00FF434E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="600242F7" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capitaine Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51CFDFF6" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
+          <w:p w:rsidR="00FF434E" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF434E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N° Licence :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w14:paraId="010F04B2" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E7EC42" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="465F9829" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5D4438" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w14:paraId="2D40886D" w14:textId="77777777" w:rsidTr="00827731">
+      <w:tr w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidTr="00827731">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3833C6CE" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="355E91C6" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080B1C12" w14:textId="77777777" w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
+          <w:p w:rsidR="00CE2179" w:rsidRPr="00FF434E" w:rsidRDefault="00CE2179" w:rsidP="00CE2179">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FBE85AE" w14:textId="77777777" w:rsidR="00FF434E" w:rsidRPr="00827731" w:rsidRDefault="00FF434E" w:rsidP="00827731">
+    <w:p w:rsidR="00FF434E" w:rsidRPr="00827731" w:rsidRDefault="00FF434E" w:rsidP="00827731">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1B3402" w14:textId="77777777" w:rsidR="00FC13C0" w:rsidRPr="00FC13C0" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
+    <w:p w:rsidR="00FC13C0" w:rsidRPr="00FC13C0" w:rsidRDefault="00FC13C0" w:rsidP="00FC13C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC13C0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Composition des Equipes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="2903"/>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="781"/>
         <w:gridCol w:w="2688"/>
         <w:gridCol w:w="1411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC0C0A" w:rsidRPr="00FC13C0" w14:paraId="0F7876DE" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00AC0C0A" w:rsidRPr="00FC13C0" w:rsidTr="00AC0C0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA71BBA" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDF70BB" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00AC0C0A" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00AC0C0A" w:rsidRDefault="00AC0C0A" w:rsidP="00FC13C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                      </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0C0A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Case n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0C0A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> grisée : Féminine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF49EAF" w14:textId="77777777" w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00AC0C0A">
+          <w:p w:rsidR="00AC0C0A" w:rsidRPr="00D411E6" w:rsidRDefault="00AC0C0A" w:rsidP="00AC0C0A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidRPr="00D411E6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="2C089993" w14:textId="77777777" w:rsidTr="00D411E6">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00D411E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B74ED94" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FCB12D1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C9DC3C6" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N° Licence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B6C79D8" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B8B110E" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="211A5221" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CD8233" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N° Licence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="46E86265" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F854F9" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31E0B39E" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1457821A" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C26E0C8" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8A417A" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FEEA05" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62648FAA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="69232102" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C139D46" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77856570" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53915FD0" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B159E95" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="577182CF" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B42062" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="714B19A1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="5B8C9C5B" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03B63CBF" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="014517E6" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52B281FC" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25317991" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76116685" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1496FB06" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F28CEA5" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="56207628" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C57382F" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791336D7" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="712BD927" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A36A188" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDFBBB1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E30549D" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2AC04E" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="06B6A7E7" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3661C642" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFF90C4" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A619148" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0F6E71" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370CC57C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0000F720" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40152845" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="5797E0DE" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2853F92C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="388AE5ED" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A37FE0" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726D98DA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718DD349" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68EF8D88" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4915778B" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="7959A45A" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789A8886" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7481C0" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA2935F" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFC5736" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAA9931" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14C3E031" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397C8727" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w14:paraId="5EC3C1FF" w14:textId="77777777" w:rsidTr="00FF434E">
+      <w:tr w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidTr="00FF434E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0311F1" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33D4577E" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="742D49DF" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0877ECB2" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC025BA" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC13C0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15745233" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A822B4C" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+          <w:p w:rsidR="00D411E6" w:rsidRPr="00FC13C0" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16F6471B" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00827731">
+    <w:p w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00827731">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>En cas d’incident joindre un rapport</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60001FE4" w14:textId="77777777" w:rsidR="00241F9F" w:rsidRDefault="007A1036" w:rsidP="007A1036">
+    <w:p w:rsidR="00D411E6" w:rsidRPr="007A1036" w:rsidRDefault="007A1036" w:rsidP="007A1036">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007A1036">
+      <w:r w:rsidR="00D411E6" w:rsidRPr="007A1036">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ORDRE des RENCONTRES &amp; FEUILLE de RESULTATS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="573"/>
+        <w:gridCol w:w="564"/>
         <w:gridCol w:w="328"/>
-        <w:gridCol w:w="1930"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="793"/>
+        <w:gridCol w:w="1933"/>
+        <w:gridCol w:w="294"/>
+        <w:gridCol w:w="794"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="332"/>
         <w:gridCol w:w="328"/>
-        <w:gridCol w:w="1598"/>
+        <w:gridCol w:w="1600"/>
         <w:gridCol w:w="283"/>
-        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="1268"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C2C32" w14:paraId="1D009742" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EC8CA45" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38049455" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22BB48F6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05EAD52B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="5ACA4FB9" w14:textId="77777777" w:rsidTr="00AB7796">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AB7796">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AB78124" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CE20477" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75D22085" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19367F9C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="0D4EC1DA" w14:textId="77777777" w:rsidTr="00AB7796">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AB7796">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E61540F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10185" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16E293DA" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="00D411E6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="51A555E6" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="216F8FC1" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>TETE à TETE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FEAA47F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77B57D9E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08A0FC4E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22FBF103" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3659CE2B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E470570" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75A86DE7" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="598D3D6A" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A79E726" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRPr="00C65ED2" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="7349D88D" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EDD4221" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="193EC335" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17D38C37" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="29B6EA28" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6941C1A4" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AAEAADD" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39DDA48C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="06FE548C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="65FE2F7C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6370A3D4" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="39325573" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73057F92" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34FC090A" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="43F387FE" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70B5006D" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ADE37AD" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A0ADF35" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E21DBBB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="33F768DB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="357E5DD2" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BE206F9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="3EBEE847" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B04F232" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67CC44B3" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="22746D62" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679500B9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A4994EB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53E2E1CC" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41FD3490" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="29D64FE8" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC437B9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B9A6FC7" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="600B79A1" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CE1D478" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EA0CFEB" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3A55396C" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7288AFE9" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00D16905" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CB6A387" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05AC7386" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="43D895E6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FB7790" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5826B570" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="07CD4F68" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3345FD91" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F1D629E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="455D110E" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E640EC5" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F975662" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BD9DDFE" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="202644CC" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="772A12C2" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="241E95B6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44623D0F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="5F3CDF8C" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A6BEBEC" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49469DD7" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35222A88" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AC66CAF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29446824" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="405BFC94" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23F588E4" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D91657A" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DEEBA35" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A6A68A1" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="5CDA3A76" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D58EFD3" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17F5560F" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39F34036" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F32B63" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62D451A6" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="064D4199" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002977BB" w14:paraId="47FD7EE6" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="002977BB" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B019D54" w14:textId="77777777" w:rsidR="002977BB" w:rsidRDefault="002977BB" w:rsidP="002977BB">
+          <w:p w:rsidR="002977BB" w:rsidRDefault="002977BB" w:rsidP="002977BB">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="2D7DAC42" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="62FA2029" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DOUBLETTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30B0A03C" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02FFE163" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D76404C" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C8D7955" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A747491" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70A8AB7A" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11C74821" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2526E78B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="608D72E5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="00C65ED2" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="55D70E44" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49463D7D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26B1B243" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0A10839E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3695FE9E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3355D269" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E75C5E8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0736453A" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="480A83EF" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="567434B3" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43169ECE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="08BCA5CD" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="364B20D8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B37C5A6" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25A66093" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD3B733" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27280A87" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46289F34" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F7076A5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="388448DF" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EC5DF1" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17DCB29B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="6E222499" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48315382" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="275D783F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47DAD071" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307B6ACD" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09BCF598" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312687C2" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E32F884" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7474AE07" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B4526B9" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66EB5B80" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="0E397D8F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EE2FF63" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556C51E7" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="378EFC0F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0368AFEF" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62320730" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344AB273" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30ACC2D7" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EBB7C82" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29A46F3B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="244BE268" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="5D9E3040" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E929F41" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69F46551" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FDFB30F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23E5301A" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A730D45" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD0CFE8" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57C4C7D4" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3332F3F9" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44C656C5" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07FBB011" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="7005F654" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18ADEA4F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6302911E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7486237B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="590C21FD" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4180CDF0" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="056940AA" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31E27062" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56FE2309" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E92FC63" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17E9664A" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="6E91FD28" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FC7DF5D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21D0CD87" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6269663E" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00844D31" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="747833F1" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71A9D5C0" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7A13A0" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="354F91C1" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48976E88" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="219D991C" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="426D8AE7" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F769E8D" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04AD70E0" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCFF95A" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="29321ACE" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36078F7B" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B182006" w14:textId="77777777" w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRPr="008C2C32" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6525,3050 +6478,3047 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="479164D0" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD56936" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003279B" w14:paraId="1D8E5BAA" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="0003279B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="023B10AE" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EFB8D66" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="036C3FA7" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AD2999F" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C5C4C31" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="0003279B">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BE3CF23" w14:textId="77777777" w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
+          <w:p w:rsidR="0003279B" w:rsidRDefault="0003279B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="5A706399" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="795F5C99" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="3A4F36FA" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="24A9D4E7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>TRIPLETTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2259601C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59C8E2DE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AB4508B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42829B92" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2796F6EC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="658B8F21" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FEC532" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nom - Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09DFF1B3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F480E08" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Pts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="0593D049" w14:textId="77777777" w:rsidTr="00AC0C0A">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00AC0C0A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BFCE838" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="00656631" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4D0E21F8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3239FB77" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7570DA52" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057470AE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5F138479" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACDF7D1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AA8C8F2" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5831B258" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="61C0F1D5" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12AA2CBB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2582BBDB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="236D83B2" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B6213EA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CA2C017" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AB00227" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D4F7D2A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4D819CC8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00688D69" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4605A613" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="5511440E" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="420A52D1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2117FEFC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="309DC1F8" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F271851" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09DCB15F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="728D4A19" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="316090F4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A59B75" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C49C7E5" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="458687B7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="6336E42F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="126CBF5B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F5B99B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DDE6E51" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="793AC867" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F271359" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791E27F4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>contre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14EFA7B1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4900E214" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41EDFC9F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6201340E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="6090712A" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BDCDCE1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73127C9A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="27430A1F" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="51E80993" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DC41CBA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="778EDA9E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E65D171" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6320A135" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="75D56131" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15FE8712" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="0AB86203" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205237DE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D3610CD" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E2F3115" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="237ADDB4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B980B99" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5301B1D1" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="030F727A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02A753BE" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="684453F3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20557D65" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="744B8B4E" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E94CA28" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1C3BCC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F2EBDBB" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F316064" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="1F9050BD" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="112C2B45" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6684BA53" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CECEE34" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="787AF184" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°1 :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="4AAF9356" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E7618D4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13A389BC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03E7A992" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69610953" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur remplacé n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="04B506CE" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CB43072" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B355F6" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75F5A252" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B610977" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Joueur rempla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>çant</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> n°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008C2C32">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="240D1377" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FD2C7F5" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="444DC18B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7606CC88" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DE171D7" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CD94FCC" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00C33246">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">S/TOTAL PTS </w:t>
             </w:r>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47D72757" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="253AC50F" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10749" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24B0946C" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="41FE9658" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA69169" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4069" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4325557E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Total Général Equipe A - PTS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D8F47" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7E5BBA" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4199" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7691CC9A" w14:textId="77777777" w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRPr="00C65ED2" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Total Général Equipe B - PTS </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52632E93" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2C32" w14:paraId="4B409C91" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="008C2C32" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EDA78BF" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E571BDD" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ED4DD60" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="773DA1E2" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12785E9B" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ED20B65" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B0BE62D" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="228A26F0" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29048FD1" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F0E1B78" w14:textId="77777777" w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
+          <w:p w:rsidR="008C2C32" w:rsidRDefault="008C2C32" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65ED2" w14:paraId="70E576DD" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00C65ED2" w:rsidTr="00C65ED2">
         <w:trPr>
           <w:trHeight w:val="561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08C33594" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
+          <w:p w:rsidR="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="43EB2C82" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Résultat rencontre :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3017447B" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Victoire équipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07AAE094" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00F20557">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00F20557">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41764297" w14:textId="77777777" w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
+          <w:p w:rsidR="00C65ED2" w:rsidRPr="00C65ED2" w:rsidRDefault="00C65ED2" w:rsidP="00C65ED2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65ED2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Victoire équipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="39BC09C1" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E0DFE96" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69EC9589" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="343188D4" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B5B019B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D599A49" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1180A97B" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FF287B0" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="664C20A9" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="118DD64E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="096318D3" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D356B" w14:paraId="3667A5CC" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="001D356B" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DCF064E" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature Capitaine Equipe A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A31CC56" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="008C2C32">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom – Prénom &amp; Signature de l’Arbitre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3378A53B" w14:textId="77777777" w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
+          <w:p w:rsidR="001D356B" w:rsidRPr="001D356B" w:rsidRDefault="001D356B" w:rsidP="001D356B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D356B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature Capitaine Equipe B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20557" w14:paraId="17458A99" w14:textId="77777777" w:rsidTr="00C65ED2">
+      <w:tr w:rsidR="00F20557" w:rsidTr="00C65ED2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41504306" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F2814B2" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FAED07E" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70817E30" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32D2E090" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EFDC828" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48F48A30" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3151" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68661D3D" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307CAA24" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39980005" w14:textId="77777777" w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
+          <w:p w:rsidR="00F20557" w:rsidRDefault="00F20557" w:rsidP="008C2C32">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61E2CDB2" w14:textId="77777777" w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
+    <w:p w:rsidR="00D411E6" w:rsidRDefault="00D411E6" w:rsidP="00D411E6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D411E6" w:rsidSect="00892991">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="724F29F4" w14:textId="77777777" w:rsidR="005525DB" w:rsidRDefault="005525DB" w:rsidP="00D411E6">
+    <w:p w:rsidR="00865F69" w:rsidRDefault="00865F69" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C85590D" w14:textId="77777777" w:rsidR="005525DB" w:rsidRDefault="005525DB" w:rsidP="00D411E6">
+    <w:p w:rsidR="00865F69" w:rsidRDefault="00865F69" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79457BC1" w14:textId="77777777" w:rsidR="005525DB" w:rsidRDefault="005525DB" w:rsidP="00D411E6">
+    <w:p w:rsidR="00865F69" w:rsidRDefault="00865F69" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76D890DD" w14:textId="77777777" w:rsidR="005525DB" w:rsidRDefault="005525DB" w:rsidP="00D411E6">
+    <w:p w:rsidR="00865F69" w:rsidRDefault="00865F69" w:rsidP="00D411E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00892991"/>
     <w:rsid w:val="0003279B"/>
     <w:rsid w:val="000476C4"/>
     <w:rsid w:val="001711F6"/>
     <w:rsid w:val="0017361B"/>
     <w:rsid w:val="001B3EB6"/>
     <w:rsid w:val="001D356B"/>
     <w:rsid w:val="001F115A"/>
-    <w:rsid w:val="00241F9F"/>
     <w:rsid w:val="002977BB"/>
     <w:rsid w:val="002B2217"/>
     <w:rsid w:val="004105AD"/>
     <w:rsid w:val="0043762A"/>
-    <w:rsid w:val="005525DB"/>
     <w:rsid w:val="006E6EB3"/>
     <w:rsid w:val="0074234A"/>
     <w:rsid w:val="007A1036"/>
     <w:rsid w:val="00827731"/>
     <w:rsid w:val="00865F69"/>
     <w:rsid w:val="00873BDD"/>
     <w:rsid w:val="00892991"/>
     <w:rsid w:val="008C2C32"/>
     <w:rsid w:val="00AB7796"/>
     <w:rsid w:val="00AC0C0A"/>
     <w:rsid w:val="00BB6D1C"/>
     <w:rsid w:val="00BD43D9"/>
     <w:rsid w:val="00C33246"/>
     <w:rsid w:val="00C65ED2"/>
     <w:rsid w:val="00CE2179"/>
     <w:rsid w:val="00D411E6"/>
     <w:rsid w:val="00DD50A1"/>
     <w:rsid w:val="00E44EF9"/>
     <w:rsid w:val="00E92DB7"/>
     <w:rsid w:val="00F20557"/>
     <w:rsid w:val="00FC13C0"/>
     <w:rsid w:val="00FD1C78"/>
     <w:rsid w:val="00FF434E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="057FF04C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{598A4EC6-23D3-41C8-909E-8DB54472E314}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9630,94 +9580,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -9892,55 +9846,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -10043,58 +9992,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF434E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10316,51 +10265,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>300</Words>
   <Characters>1655</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>